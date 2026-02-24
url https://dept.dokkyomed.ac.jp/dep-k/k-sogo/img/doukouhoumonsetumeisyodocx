--- v0 (2025-10-10)
+++ v1 (2026-02-24)
@@ -1,112 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2F6C27EB" w14:textId="6473BE19" w:rsidR="00A314EF" w:rsidRPr="00A314EF" w:rsidRDefault="00A314EF" w:rsidP="00315405">
+    <w:p w14:paraId="269EEFD5" w14:textId="491AFC79" w:rsidR="00315405" w:rsidRPr="00315405" w:rsidRDefault="00315405" w:rsidP="00315405">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
-[...44 lines deleted...]
-        </w:rPr>
         <w:t>様式2　同行訪問（</w:t>
       </w:r>
-      <w:r w:rsidR="00F0706E" w:rsidRPr="00E86B12">
+      <w:r w:rsidR="00F0706E" w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>利用者</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>説明書）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A6388DC" w14:textId="77777777" w:rsidR="003F75FA" w:rsidRDefault="00AD7C43" w:rsidP="00AD7C43">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA4746">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -246,57 +200,57 @@
                             <w:r w:rsidRPr="006D5D20">
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>【訪問する認定看護師】</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="7CF1B786" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="テキスト ボックス 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:326.2pt;margin-top:50.35pt;width:144.75pt;height:22.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjbG0FPwIAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG22pd2o6WrpUoS0&#10;C0gLH+A4TmPheILtNinHVkJ8BL+AOPM9+RHGTrdbLTdEDpYnM/M88+bN/KqtFNkKYyXolI4GQ0qE&#10;5pBLvU7pp4+rFzNKrGM6Zwq0SOlOWHq1eP5s3tSJiKEElQtDEETbpKlTWjpXJ1FkeSkqZgdQC43O&#10;AkzFHJpmHeWGNYheqSgeDl9GDZi8NsCFtfj3pnfSRcAvCsHd+6KwwhGVUqzNhdOEM/NntJizZG1Y&#10;XUp+LIP9QxUVkxofPUHdMMfIxsi/oCrJDVgo3IBDFUFRSC5CD9jNaPikm/uS1SL0guTY+kST/X+w&#10;/N32gyEyT2k8mlKiWYVD6g7fuv3Pbv+7O3wn3eFHdzh0+19ok9gT1tQ2wbz7GjNd+wpaHHxo3ta3&#10;wD9bomFZMr0W18ZAUwqWY8EjnxmdpfY41oNkzR3k+C7bOAhAbWEqzybyQxAdB7c7DUu0jnD/5Oxi&#10;dhFPKOHoi2eT6SRMM2LJQ3ZtrHsjoCL+klKDYgjobHtrna+GJQ8h/jELSuYrqVQwzDpbKkO2DIWz&#10;Cl9o4EmY0qRJ6eUE6/BZGnx+0FQlHQpbySqls6H/eql5Nl7rPIQ4JlV/x0qUPtLjGem5cW3WYqDn&#10;LIN8h0QZ6AWMC4eXEsxXShoUb0rtlw0zghL1ViPZl6Px2Ks9GOPJNEbDnHuycw/THKFS6ijpr0sX&#10;NqTv6BqHUsjA12Mlx1pRlIHG4wJ51Z/bIepxzRd/AAAA//8DAFBLAwQUAAYACAAAACEAsxupSd8A&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzWV2CBqt8qDhDgVIIHYtvQDJsk0&#10;iRrbUew26d8zrGA5c4/unCl2ixnElSbfO6ths1YgyNau6W2r4fj98fQMwge0DQ7OkoYbediV93cF&#10;5o2b7Z6uh9AKLrE+Rw1dCGMupa87MujXbiTL2clNBgOPUyubCWcuN4PcKpVIg73lCx2O9N5RfT5c&#10;jIbT1/wYZ3P1GY7pPkresE8rd9P6YbW8voAItIQ/GH71WR1KdqrcxTZeDBqSeBsxyoFSKQgmsmiT&#10;gah4E8UpyLKQ/38ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDjbG0FPwIAAC4EAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCzG6lJ3wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAJkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" stroked="f">
+              <v:shape id="テキスト ボックス 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:326.2pt;margin-top:50.35pt;width:144.75pt;height:22.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDth/V6DAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk9U14hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzry8lp2nQvQ3zgyCa5CF5eLS6HTrDDgq9Blvy2WTKmbISam13Jf/5Y/su&#10;58wHYWthwKqSH5Xnt+u3b1a9K9QcWjC1QkYg1he9K3kbgiuyzMtWdcJPwClLzgawE4FM3GU1ip7Q&#10;O5PNp9P3WQ9YOwSpvKe/96OTrxN+0ygZvjWNV4GZklNvIZ2Yziqe2Xolih0K12p5akP8Qxed0JaK&#10;nqHuRRBsj/ovqE5LBA9NmEjoMmgaLVWagaaZTV9N89gKp9IsRI53Z5r8/4OVXw+P7juyMHyAgRaY&#10;hvDuAeQvzyxsWmF36g4R+laJmgrPImVZ73xxSo1U+8JHkKr/AjUtWewDJKChwS6yQnMyQqcFHM+k&#10;qyEwGUvmV/nVfMmZJN88X14v01YyUTxnO/Thk4KOxUvJkZaa0MXhwYfYjSieQ2IxD0bXW21MMnBX&#10;bQyygyABbNOXBngVZizrS36zpD5iloWYn7TR6UACNboreT6N3yiZyMZHW6eQILQZ79SJsSd6IiMj&#10;N2GoBgqMNFVQH4kohFGI9HDo0gL+4awnEZbc/94LVJyZz5bIvpktFlG1yVgsr+dk4KWnuvQIKwmq&#10;5IGz8boJSenjRHe0lEYnvl46OfVK4ko0nh5CVO+lnaJenuv6CQAA//8DAFBLAwQUAAYACAAAACEA&#10;sxupSd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzWV2CBqt8qDhDgVIIHY&#10;tvQDJsk0iRrbUew26d8zrGA5c4/unCl2ixnElSbfO6ths1YgyNau6W2r4fj98fQMwge0DQ7OkoYb&#10;ediV93cF5o2b7Z6uh9AKLrE+Rw1dCGMupa87MujXbiTL2clNBgOPUyubCWcuN4PcKpVIg73lCx2O&#10;9N5RfT5cjIbT1/wYZ3P1GY7pPkresE8rd9P6YbW8voAItIQ/GH71WR1KdqrcxTZeDBqSeBsxyoFS&#10;KQgmsmiTgah4E8UpyLKQ/38ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDth/V6DAIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCzG6lJ&#10;3wAAAAsBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7E03BF55" w14:textId="77777777" w:rsidR="00251948" w:rsidRPr="006D5D20" w:rsidRDefault="00251948">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006D5D20">
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>【訪問する認定看護師】</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00806893">
@@ -487,136 +441,158 @@
       <w:r w:rsidRPr="006D5D20">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>※いずれも、在宅療養中の通院が困難な方になります。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64BC72EA" w14:textId="77777777" w:rsidR="002069D6" w:rsidRDefault="002069D6" w:rsidP="002069D6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>利用料について</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C916050" w14:textId="77777777" w:rsidR="00F50DBF" w:rsidRPr="00F50DBF" w:rsidRDefault="00F50DBF" w:rsidP="005116C9">
+    <w:p w14:paraId="44BF0A70" w14:textId="77777777" w:rsidR="005D24FD" w:rsidRDefault="00F50DBF" w:rsidP="005D24FD">
+      <w:pPr>
+        <w:ind w:leftChars="200" w:left="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50DBF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>医療保険の区分による負担額の算定のため、</w:t>
+      </w:r>
+      <w:r w:rsidR="005D24FD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>資格確認証</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50DBF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>・受給者証等の確認をさせていただきます</w:t>
+      </w:r>
+      <w:r w:rsidR="001E513D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ので　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50DBF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>コピー</w:t>
+      </w:r>
+      <w:r w:rsidR="001E513D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>をご準備ください。</w:t>
+      </w:r>
+      <w:r w:rsidR="005D24FD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>資格確認証がない場合は事業所で登録している保険者番号・記号番号が分かる画面を印刷したものでも可。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6028A6B7" w14:textId="77777777" w:rsidR="001E513D" w:rsidRDefault="00F50DBF" w:rsidP="005D24FD">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>医療保険の区分による負担額の算定のため、保険証・受給者証等の確認をさせていただきます</w:t>
+        <w:t>（参考）利用者負担</w:t>
       </w:r>
       <w:r w:rsidR="001E513D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">ので　</w:t>
+        <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>コピー</w:t>
+        <w:t xml:space="preserve">１割負担：1,290円　</w:t>
       </w:r>
       <w:r w:rsidR="001E513D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>をご準備ください。</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>（参考）利用者負担</w:t>
+        <w:t xml:space="preserve">２割負担：2,570円　</w:t>
       </w:r>
       <w:r w:rsidR="001E513D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">１割負担：1,290円　</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>３割負担：3,860円</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1290A987" w14:textId="77777777" w:rsidR="00F50DBF" w:rsidRPr="00F50DBF" w:rsidRDefault="00F50DBF" w:rsidP="001E513D">
-[...1 lines deleted...]
-        <w:ind w:firstLineChars="1000" w:firstLine="2000"/>
+    <w:p w14:paraId="1290A987" w14:textId="77777777" w:rsidR="00F50DBF" w:rsidRPr="00F50DBF" w:rsidRDefault="00F50DBF" w:rsidP="00D85258">
+      <w:pPr>
+        <w:ind w:firstLineChars="500" w:firstLine="1000"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>※別途交通費がかかります（10㎞まで5</w:t>
       </w:r>
       <w:r w:rsidR="00604231">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50DBF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0円</w:t>
       </w:r>
       <w:r w:rsidR="001E513D">
         <w:rPr>
@@ -849,87 +825,87 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>当院長（看護部長）へ報告させていただきます。事故発生時は、その状況及び事故に際しておこなった処置について記録するとともに、その原因を解明、再発防止のための対策を講じます。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B08DFF5" w14:textId="6E847EDC" w:rsidR="00514080" w:rsidRDefault="00514080" w:rsidP="002069D6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>その他</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743D9630" w14:textId="57FAF479" w:rsidR="00514080" w:rsidRPr="00E86B12" w:rsidRDefault="00514080" w:rsidP="002D7FA9">
+    <w:p w14:paraId="743D9630" w14:textId="57FAF479" w:rsidR="00514080" w:rsidRPr="00BB665A" w:rsidRDefault="00514080" w:rsidP="002D7FA9">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:leftChars="0" w:left="420"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E86B12">
+      <w:r w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>当院に受診歴のない方は</w:t>
       </w:r>
-      <w:r w:rsidR="005531A5" w:rsidRPr="00E86B12">
+      <w:r w:rsidR="005531A5" w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、この同行訪問看護を受けるにあたり、</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E86B12">
+      <w:r w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>当院</w:t>
       </w:r>
-      <w:r w:rsidR="002D7FA9" w:rsidRPr="00E86B12">
+      <w:r w:rsidR="002D7FA9" w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の登録番号が発行され</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E86B12">
+      <w:r w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>電子カルテ</w:t>
       </w:r>
-      <w:r w:rsidR="002D7FA9" w:rsidRPr="00E86B12">
+      <w:r w:rsidR="002D7FA9" w:rsidRPr="00BB665A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>が作成されます。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595D2E31" w14:textId="5AD3D114" w:rsidR="00C63384" w:rsidRDefault="00C63384" w:rsidP="002069D6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>同行訪問に関するお問い合わせ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C1ED08" w14:textId="453EFE95" w:rsidR="00C63384" w:rsidRDefault="00C63384" w:rsidP="00C63384">
       <w:pPr>
@@ -986,197 +962,210 @@
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TEL：048</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
         <w:t>965-1111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（代）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374148C5" w14:textId="0634C67D" w:rsidR="006D5D20" w:rsidRDefault="00C63384" w:rsidP="00FD3BC6">
+    <w:p w14:paraId="374148C5" w14:textId="148CBED9" w:rsidR="006D5D20" w:rsidRDefault="00C63384" w:rsidP="00FD3BC6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:leftChars="0" w:left="420"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="005116C9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>FAX：</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
-        <w:t>48-967-4666</w:t>
-[...5 lines deleted...]
-        <w:t>（総合患者支援センター医療連携</w:t>
+        <w:t>48-9</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7073">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>40-1658</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（総合患者支援センター</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7073">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>在宅医療</w:t>
       </w:r>
       <w:r w:rsidR="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>部門</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67947402" w14:textId="569CBB79" w:rsidR="005116C9" w:rsidRDefault="005116C9" w:rsidP="00A314EF">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55D0EB18" w14:textId="77777777" w:rsidR="001133B7" w:rsidRDefault="001133B7" w:rsidP="00A314EF">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="001133B7" w:rsidSect="00A314EF">
+    <w:p w14:paraId="2DCF18A8" w14:textId="3F3AAB68" w:rsidR="009F6494" w:rsidRPr="007113DA" w:rsidRDefault="009F6494" w:rsidP="007113DA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009F6494" w:rsidRPr="007113DA" w:rsidSect="00A314EF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="597A39BC" w14:textId="77777777" w:rsidR="00641BA4" w:rsidRDefault="00641BA4" w:rsidP="00995201">
+    <w:p w14:paraId="436FDA1C" w14:textId="77777777" w:rsidR="006F69EB" w:rsidRDefault="006F69EB" w:rsidP="00995201">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1519B1AE" w14:textId="77777777" w:rsidR="00641BA4" w:rsidRDefault="00641BA4" w:rsidP="00995201">
+    <w:p w14:paraId="269995F1" w14:textId="77777777" w:rsidR="006F69EB" w:rsidRDefault="006F69EB" w:rsidP="00995201">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FCE385F" w14:textId="77777777" w:rsidR="00641BA4" w:rsidRDefault="00641BA4" w:rsidP="00995201">
+    <w:p w14:paraId="204C25F7" w14:textId="77777777" w:rsidR="006F69EB" w:rsidRDefault="006F69EB" w:rsidP="00995201">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6480BD87" w14:textId="77777777" w:rsidR="00641BA4" w:rsidRDefault="00641BA4" w:rsidP="00995201">
+    <w:p w14:paraId="10956F4F" w14:textId="77777777" w:rsidR="006F69EB" w:rsidRDefault="006F69EB" w:rsidP="00995201">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C27E7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CFE62B8"/>
     <w:lvl w:ilvl="0" w:tplc="9B64CE7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="游明朝" w:eastAsia="游明朝" w:hAnsi="游明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -1716,233 +1705,253 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1605768896">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="719549284">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1404986396">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1916893295">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="112595783">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1762136837">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00523B17"/>
     <w:rsid w:val="00061A2F"/>
     <w:rsid w:val="00062E7F"/>
-    <w:rsid w:val="00066FFC"/>
-    <w:rsid w:val="0008261E"/>
     <w:rsid w:val="000A5934"/>
     <w:rsid w:val="001119FB"/>
     <w:rsid w:val="001133B7"/>
     <w:rsid w:val="001449D8"/>
     <w:rsid w:val="00197C1D"/>
     <w:rsid w:val="001E513D"/>
+    <w:rsid w:val="002069B8"/>
     <w:rsid w:val="002069D6"/>
     <w:rsid w:val="00251948"/>
     <w:rsid w:val="002D7FA9"/>
     <w:rsid w:val="00315405"/>
     <w:rsid w:val="00316EA8"/>
     <w:rsid w:val="003350B7"/>
+    <w:rsid w:val="00357FA8"/>
     <w:rsid w:val="003A2E1E"/>
+    <w:rsid w:val="003F1D3D"/>
     <w:rsid w:val="003F75FA"/>
     <w:rsid w:val="00426D6E"/>
     <w:rsid w:val="00453177"/>
     <w:rsid w:val="0049297B"/>
-    <w:rsid w:val="004C3679"/>
     <w:rsid w:val="005116C9"/>
     <w:rsid w:val="00514080"/>
     <w:rsid w:val="00523B17"/>
     <w:rsid w:val="00524C7A"/>
     <w:rsid w:val="005531A5"/>
-    <w:rsid w:val="00582C1E"/>
+    <w:rsid w:val="005B378E"/>
     <w:rsid w:val="005C3B9B"/>
-    <w:rsid w:val="00600063"/>
+    <w:rsid w:val="005D24FD"/>
     <w:rsid w:val="00604231"/>
-    <w:rsid w:val="00641BA4"/>
+    <w:rsid w:val="006110BB"/>
     <w:rsid w:val="00676E98"/>
     <w:rsid w:val="006969BD"/>
     <w:rsid w:val="006B4DF4"/>
     <w:rsid w:val="006D51E7"/>
     <w:rsid w:val="006D5D20"/>
+    <w:rsid w:val="006F69EB"/>
+    <w:rsid w:val="006F7EA7"/>
+    <w:rsid w:val="007113DA"/>
     <w:rsid w:val="00712C36"/>
     <w:rsid w:val="007532F1"/>
+    <w:rsid w:val="0075336D"/>
     <w:rsid w:val="00765F80"/>
     <w:rsid w:val="0077405E"/>
     <w:rsid w:val="007B17C2"/>
     <w:rsid w:val="007D4C67"/>
     <w:rsid w:val="007F38B0"/>
     <w:rsid w:val="00806893"/>
     <w:rsid w:val="00827E38"/>
     <w:rsid w:val="00862741"/>
     <w:rsid w:val="00865EAA"/>
     <w:rsid w:val="008715E0"/>
     <w:rsid w:val="008A5925"/>
+    <w:rsid w:val="008B02BC"/>
     <w:rsid w:val="008F6526"/>
+    <w:rsid w:val="0095650B"/>
+    <w:rsid w:val="0099349A"/>
     <w:rsid w:val="00995201"/>
     <w:rsid w:val="009B4947"/>
+    <w:rsid w:val="009B7073"/>
     <w:rsid w:val="009F6494"/>
     <w:rsid w:val="00A23D93"/>
     <w:rsid w:val="00A314EF"/>
+    <w:rsid w:val="00A7549C"/>
     <w:rsid w:val="00A839A3"/>
     <w:rsid w:val="00AA4746"/>
     <w:rsid w:val="00AC3DCA"/>
     <w:rsid w:val="00AD7C43"/>
     <w:rsid w:val="00AE0764"/>
+    <w:rsid w:val="00B04E43"/>
+    <w:rsid w:val="00B804BA"/>
+    <w:rsid w:val="00BB665A"/>
+    <w:rsid w:val="00C14E87"/>
     <w:rsid w:val="00C63384"/>
+    <w:rsid w:val="00C659A7"/>
     <w:rsid w:val="00CF65A2"/>
+    <w:rsid w:val="00D37F22"/>
     <w:rsid w:val="00D71684"/>
     <w:rsid w:val="00D719A1"/>
     <w:rsid w:val="00D80772"/>
+    <w:rsid w:val="00D85258"/>
     <w:rsid w:val="00DE67BB"/>
+    <w:rsid w:val="00E13C27"/>
     <w:rsid w:val="00E36667"/>
+    <w:rsid w:val="00E70AA5"/>
     <w:rsid w:val="00E84E8C"/>
-    <w:rsid w:val="00E86B12"/>
+    <w:rsid w:val="00EB0365"/>
+    <w:rsid w:val="00EC41C3"/>
     <w:rsid w:val="00EF27F7"/>
     <w:rsid w:val="00F0706E"/>
     <w:rsid w:val="00F50DBF"/>
+    <w:rsid w:val="00F56F80"/>
     <w:rsid w:val="00FD3BC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00523654"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6416ACA4-5940-4DC4-A36C-665BCBB12826}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2274,50 +2283,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F50DBF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -2385,51 +2395,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00995201"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00995201"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -2700,82 +2710,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0D3A443-2954-4535-B32C-DBB83D3993B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C642767-1A5D-4BFD-A486-41A2C015B415}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>170</Words>
-  <Characters>972</Characters>
+  <Words>168</Words>
+  <Characters>962</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1140</CharactersWithSpaces>
+  <CharactersWithSpaces>1128</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>水村　志保</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>