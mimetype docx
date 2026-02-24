--- v0 (2025-10-10)
+++ v1 (2026-02-24)
@@ -1,120 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="338FA1DE" w14:textId="7C70510A" w:rsidR="00A314EF" w:rsidRPr="00827E38" w:rsidRDefault="00A314EF" w:rsidP="00315405">
+    <w:p w14:paraId="338FA1DE" w14:textId="66556489" w:rsidR="00A314EF" w:rsidRPr="00827E38" w:rsidRDefault="00A314EF" w:rsidP="00315405">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk74845301"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk95899049"/>
       <w:r w:rsidRPr="00827E38">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="001133B7">
+      <w:r w:rsidR="006F7EA7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...15 lines deleted...]
-        <w:t>10</w:t>
+        <w:t>6.01</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="16B1A5DB" w14:textId="28E4E1E1" w:rsidR="00315405" w:rsidRPr="00315405" w:rsidRDefault="00315405" w:rsidP="00315405">
+    <w:p w14:paraId="16B1A5DB" w14:textId="03F97A23" w:rsidR="00315405" w:rsidRPr="00315405" w:rsidRDefault="00315405" w:rsidP="00315405">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>様式1　同行訪問（依頼書）</w:t>
       </w:r>
       <w:r w:rsidR="00A314EF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　</w:t>
+        <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38348386" w14:textId="6BB349F4" w:rsidR="00523B17" w:rsidRPr="00315405" w:rsidRDefault="00523B17" w:rsidP="00676E98">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00315405">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>認定看護師による同行訪問</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006D5D20" w:rsidRPr="00315405">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -124,89 +108,95 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">　依頼書</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A671A9" w14:textId="6C323089" w:rsidR="00523B17" w:rsidRDefault="00523B17" w:rsidP="00523B17">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">宛先：獨協医科大学埼玉医療センター　</w:t>
       </w:r>
       <w:r w:rsidR="0049297B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>看護部</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79635342" w14:textId="53CAE1BE" w:rsidR="00AA4746" w:rsidRDefault="00523B17" w:rsidP="00523B17">
+    <w:p w14:paraId="79635342" w14:textId="44843E9E" w:rsidR="00AA4746" w:rsidRDefault="00523B17" w:rsidP="00523B17">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Fax</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00453177">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>048-967-4666</w:t>
+        <w:t>048-9</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7EA7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>40-1658</w:t>
       </w:r>
       <w:r w:rsidR="0049297B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>（総合患者支援センター医療連携</w:t>
-[...5 lines deleted...]
-        <w:t>部門</w:t>
+        <w:t>（総合患者支援センタ</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7EA7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ー在宅医療部門</w:t>
       </w:r>
       <w:r w:rsidR="0049297B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
       <w:tr w:rsidR="003F75FA" w14:paraId="4F5F7BE5" w14:textId="77777777" w:rsidTr="009B4947">
         <w:tc>
           <w:tcPr>
@@ -229,52 +219,53 @@
               <w:t>依頼元施設</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="655DB976" w14:textId="77777777" w:rsidR="003F75FA" w:rsidRDefault="003F75FA" w:rsidP="0049297B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>事業所名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57A0E292" w14:textId="77777777" w:rsidR="003F75FA" w:rsidRDefault="003F75FA" w:rsidP="00523B17">
-            <w:pPr>
+          <w:p w14:paraId="57A0E292" w14:textId="77777777" w:rsidR="003F75FA" w:rsidRDefault="003F75FA" w:rsidP="00EB0365">
+            <w:pPr>
+              <w:ind w:firstLineChars="100" w:firstLine="210"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5220DACC" w14:textId="77777777" w:rsidR="003F75FA" w:rsidRDefault="003F75FA" w:rsidP="0049297B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00197C1D">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>管理者名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
@@ -902,51 +893,51 @@
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="013E922D" w14:textId="77777777" w:rsidR="00D80772" w:rsidRDefault="00D80772" w:rsidP="0049297B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>担当医師</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="587A8A49" w14:textId="46F0BC0E" w:rsidR="00D80772" w:rsidRDefault="00D80772" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D80772" w14:paraId="7F42A4ED" w14:textId="77777777" w:rsidTr="009B4947">
+      <w:tr w:rsidR="00D80772" w:rsidRPr="0095650B" w14:paraId="7F42A4ED" w14:textId="77777777" w:rsidTr="009B4947">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="5FED6CE7" w14:textId="77777777" w:rsidR="00D80772" w:rsidRDefault="00D80772" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67A5ADCE" w14:textId="77777777" w:rsidR="00D80772" w:rsidRDefault="00D80772" w:rsidP="0049297B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>意思確認</w:t>
@@ -962,132 +953,132 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>（確認</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>済</w:t>
             </w:r>
             <w:r w:rsidRPr="005531A5">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Emoji" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>☑）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8072" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="375FD252" w14:textId="1CFEA40B" w:rsidR="00D80772" w:rsidRPr="00E86B12" w:rsidRDefault="00D80772" w:rsidP="00523B17">
+          <w:p w14:paraId="375FD252" w14:textId="1CFEA40B" w:rsidR="00D80772" w:rsidRPr="00BB665A" w:rsidRDefault="00D80772" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□患者・家族が同行訪問を承諾している</w:t>
             </w:r>
             <w:r w:rsidR="00F0706E">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="00827E38">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
-            <w:r w:rsidR="00827E38" w:rsidRPr="00E86B12">
+            <w:r w:rsidR="00827E38" w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□電子カルテ作成を承諾している</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72145533" w14:textId="5DB0EB86" w:rsidR="00D80772" w:rsidRPr="00E86B12" w:rsidRDefault="00D80772" w:rsidP="00827E38">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E86B12">
+          <w:p w14:paraId="72145533" w14:textId="5DB0EB86" w:rsidR="00D80772" w:rsidRPr="00BB665A" w:rsidRDefault="00D80772" w:rsidP="00827E38">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□担当医</w:t>
             </w:r>
-            <w:r w:rsidR="00A23D93" w:rsidRPr="00E86B12">
+            <w:r w:rsidR="00A23D93" w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>より</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E86B12">
+            <w:r w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>了解を得ている</w:t>
             </w:r>
-            <w:r w:rsidR="00F0706E" w:rsidRPr="00E86B12">
+            <w:r w:rsidR="00F0706E" w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　</w:t>
             </w:r>
-            <w:r w:rsidR="00827E38" w:rsidRPr="00E86B12">
+            <w:r w:rsidR="00827E38" w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　（受診歴のない場合）</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11157553" w14:textId="3353602E" w:rsidR="00A23D93" w:rsidRDefault="00A23D93" w:rsidP="00F0706E">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A23D93">
+            <w:r w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>（公費受給者の場合）</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00BB665A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>公費適応の　有　・　無</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D80772" w14:paraId="49A9AE65" w14:textId="77777777" w:rsidTr="009B4947">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3ABE05A5" w14:textId="77777777" w:rsidR="00D80772" w:rsidRDefault="00D80772" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -1293,65 +1284,50 @@
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>□過去に利用有り</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="546A02CB" w14:textId="77777777" w:rsidR="00197C1D" w:rsidRDefault="00197C1D" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01F9FB18" w14:textId="77777777" w:rsidR="00197C1D" w:rsidRDefault="00197C1D" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E2276EC" w14:textId="77777777" w:rsidR="00C63384" w:rsidRDefault="00C63384" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B392636" w14:textId="77777777" w:rsidR="00C63384" w:rsidRDefault="00C63384" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A7BB45F" w14:textId="77777777" w:rsidR="00197C1D" w:rsidRDefault="00197C1D" w:rsidP="00523B17">
-[...13 lines deleted...]
-          </w:p>
           <w:p w14:paraId="697C02E0" w14:textId="77777777" w:rsidR="00197C1D" w:rsidRDefault="00197C1D" w:rsidP="00315405">
             <w:pPr>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197C1D" w14:paraId="24610AEE" w14:textId="77777777" w:rsidTr="009B4947">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3DED722B" w14:textId="77777777" w:rsidR="00197C1D" w:rsidRPr="00AA4746" w:rsidRDefault="00197C1D" w:rsidP="00523B17">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA4746">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
@@ -1607,283 +1583,372 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidR="00AD7C43" w:rsidRPr="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>訪問当日</w:t>
       </w:r>
       <w:r w:rsidR="00426D6E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>の必要書類</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA07856" w14:textId="6A5A49F5" w:rsidR="00426D6E" w:rsidRDefault="00426D6E" w:rsidP="00426D6E">
+    <w:p w14:paraId="5CA07856" w14:textId="6BCF5852" w:rsidR="00426D6E" w:rsidRDefault="00426D6E" w:rsidP="00426D6E">
       <w:pPr>
         <w:ind w:leftChars="100" w:left="210"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>□様式1</w:t>
-[...6 lines deleted...]
-        <w:t>・</w:t>
+        <w:t>□様式</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04E43">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1・３</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">３　　</w:t>
+        <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13355037" w14:textId="77777777" w:rsidR="00426D6E" w:rsidRDefault="00426D6E" w:rsidP="00426D6E">
+    <w:p w14:paraId="13355037" w14:textId="79008989" w:rsidR="00426D6E" w:rsidRDefault="00426D6E" w:rsidP="00426D6E">
       <w:pPr>
         <w:ind w:leftChars="100" w:left="210"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
+      <w:r w:rsidR="006F7EA7">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>資格確認証</w:t>
+      </w:r>
       <w:r w:rsidR="00AD7C43" w:rsidRPr="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>保険証（公費受給者証、</w:t>
+        <w:t>（公費受給者証、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>自己負担額管理表、</w:t>
+        <w:t>自己負担額管理</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7549C">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>票</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00AD7C43" w:rsidRPr="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>限度額認定証など）</w:t>
       </w:r>
       <w:r w:rsidR="00AE0764">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>の</w:t>
       </w:r>
       <w:r w:rsidR="00604231">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>複写</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5300B4" w14:textId="77777777" w:rsidR="00426D6E" w:rsidRDefault="00426D6E" w:rsidP="00426D6E">
       <w:pPr>
         <w:ind w:leftChars="100" w:left="210"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="00AA4746" w:rsidRPr="00316EA8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>訪問看護計画書</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2F04797D" w14:textId="470C9D35" w:rsidR="006F7EA7" w:rsidRDefault="006F7EA7" w:rsidP="00C14E87">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>※マイナンバーをお持ちで資格確認証がない場合は事業所で登録している保険者番号・記号番号が分かる</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14E87">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>画面を印刷したものでも可。</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2E4EF878" w14:textId="77777777" w:rsidR="00865EAA" w:rsidRPr="00426D6E" w:rsidRDefault="008A5925" w:rsidP="008A5925">
       <w:pPr>
         <w:ind w:firstLineChars="50" w:firstLine="100"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>［後日］</w:t>
       </w:r>
       <w:r w:rsidR="00865EAA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>□訪問看護報告書（同行訪問終了後</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>、後日</w:t>
       </w:r>
       <w:r w:rsidR="00865EAA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>郵送ください）</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:sectPr w:rsidR="00865EAA" w:rsidRPr="00426D6E" w:rsidSect="00A314EF">
+    <w:p w14:paraId="2DCF18A8" w14:textId="5F426DDC" w:rsidR="009F6494" w:rsidRPr="007113DA" w:rsidRDefault="00A314EF" w:rsidP="007113DA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A314EF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13C27">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A314EF">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1D3D">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009F6494" w:rsidRPr="007113DA" w:rsidSect="00A314EF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="338BFDB3" w14:textId="77777777" w:rsidR="004D6443" w:rsidRDefault="004D6443" w:rsidP="00995201">
+    <w:p w14:paraId="55CBC5BE" w14:textId="77777777" w:rsidR="00720DF4" w:rsidRDefault="00720DF4" w:rsidP="00995201">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70EF2189" w14:textId="77777777" w:rsidR="004D6443" w:rsidRDefault="004D6443" w:rsidP="00995201">
+    <w:p w14:paraId="6729C028" w14:textId="77777777" w:rsidR="00720DF4" w:rsidRDefault="00720DF4" w:rsidP="00995201">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FEB8077" w14:textId="77777777" w:rsidR="004D6443" w:rsidRDefault="004D6443" w:rsidP="00995201">
+    <w:p w14:paraId="081EE885" w14:textId="77777777" w:rsidR="00720DF4" w:rsidRDefault="00720DF4" w:rsidP="00995201">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C88E5E5" w14:textId="77777777" w:rsidR="004D6443" w:rsidRDefault="004D6443" w:rsidP="00995201">
+    <w:p w14:paraId="15C2F614" w14:textId="77777777" w:rsidR="00720DF4" w:rsidRDefault="00720DF4" w:rsidP="00995201">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C27E7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CFE62B8"/>
     <w:lvl w:ilvl="0" w:tplc="9B64CE7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="游明朝" w:eastAsia="游明朝" w:hAnsi="游明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -2423,232 +2488,252 @@
     <w:lvl w:ilvl="7" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409000D" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1605768896">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="719549284">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1404986396">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1916893295">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="112595783">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1762136837">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00523B17"/>
     <w:rsid w:val="00061A2F"/>
     <w:rsid w:val="00062E7F"/>
-    <w:rsid w:val="0008261E"/>
     <w:rsid w:val="000A5934"/>
     <w:rsid w:val="001119FB"/>
     <w:rsid w:val="001133B7"/>
     <w:rsid w:val="001449D8"/>
     <w:rsid w:val="00197C1D"/>
     <w:rsid w:val="001E513D"/>
+    <w:rsid w:val="002069B8"/>
     <w:rsid w:val="002069D6"/>
     <w:rsid w:val="00251948"/>
     <w:rsid w:val="002D7FA9"/>
     <w:rsid w:val="00315405"/>
     <w:rsid w:val="00316EA8"/>
     <w:rsid w:val="003350B7"/>
+    <w:rsid w:val="00357FA8"/>
     <w:rsid w:val="003A2E1E"/>
+    <w:rsid w:val="003F1D3D"/>
     <w:rsid w:val="003F75FA"/>
     <w:rsid w:val="00426D6E"/>
     <w:rsid w:val="00453177"/>
     <w:rsid w:val="0049297B"/>
-    <w:rsid w:val="004C3679"/>
-    <w:rsid w:val="004D6443"/>
     <w:rsid w:val="005116C9"/>
     <w:rsid w:val="00514080"/>
     <w:rsid w:val="00523B17"/>
     <w:rsid w:val="00524C7A"/>
     <w:rsid w:val="005531A5"/>
-    <w:rsid w:val="00582C1E"/>
+    <w:rsid w:val="005B378E"/>
     <w:rsid w:val="005C3B9B"/>
+    <w:rsid w:val="005D24FD"/>
     <w:rsid w:val="00604231"/>
+    <w:rsid w:val="006110BB"/>
     <w:rsid w:val="00676E98"/>
     <w:rsid w:val="006969BD"/>
     <w:rsid w:val="006B4DF4"/>
     <w:rsid w:val="006D51E7"/>
     <w:rsid w:val="006D5D20"/>
+    <w:rsid w:val="006F7EA7"/>
+    <w:rsid w:val="007113DA"/>
     <w:rsid w:val="00712C36"/>
+    <w:rsid w:val="00720DF4"/>
     <w:rsid w:val="007532F1"/>
+    <w:rsid w:val="0075336D"/>
     <w:rsid w:val="00765F80"/>
     <w:rsid w:val="0077405E"/>
     <w:rsid w:val="007B17C2"/>
     <w:rsid w:val="007D4C67"/>
     <w:rsid w:val="007F38B0"/>
     <w:rsid w:val="00806893"/>
     <w:rsid w:val="00827E38"/>
     <w:rsid w:val="00862741"/>
     <w:rsid w:val="00865EAA"/>
     <w:rsid w:val="008715E0"/>
     <w:rsid w:val="008A5925"/>
+    <w:rsid w:val="008B02BC"/>
     <w:rsid w:val="008F6526"/>
-    <w:rsid w:val="00963D11"/>
+    <w:rsid w:val="0095650B"/>
+    <w:rsid w:val="0099349A"/>
     <w:rsid w:val="00995201"/>
     <w:rsid w:val="009B4947"/>
+    <w:rsid w:val="009B7073"/>
     <w:rsid w:val="009F6494"/>
     <w:rsid w:val="00A23D93"/>
     <w:rsid w:val="00A314EF"/>
+    <w:rsid w:val="00A7549C"/>
     <w:rsid w:val="00A839A3"/>
     <w:rsid w:val="00AA4746"/>
     <w:rsid w:val="00AC3DCA"/>
     <w:rsid w:val="00AD7C43"/>
     <w:rsid w:val="00AE0764"/>
+    <w:rsid w:val="00B04E43"/>
+    <w:rsid w:val="00B804BA"/>
+    <w:rsid w:val="00BB665A"/>
+    <w:rsid w:val="00C14E87"/>
     <w:rsid w:val="00C63384"/>
+    <w:rsid w:val="00C659A7"/>
     <w:rsid w:val="00CF65A2"/>
     <w:rsid w:val="00D71684"/>
     <w:rsid w:val="00D719A1"/>
     <w:rsid w:val="00D80772"/>
+    <w:rsid w:val="00D85258"/>
     <w:rsid w:val="00DE67BB"/>
+    <w:rsid w:val="00E13C27"/>
     <w:rsid w:val="00E36667"/>
+    <w:rsid w:val="00E70AA5"/>
     <w:rsid w:val="00E84E8C"/>
-    <w:rsid w:val="00E86B12"/>
+    <w:rsid w:val="00EB0365"/>
+    <w:rsid w:val="00EC41C3"/>
     <w:rsid w:val="00EF27F7"/>
     <w:rsid w:val="00F0706E"/>
     <w:rsid w:val="00F50DBF"/>
+    <w:rsid w:val="00F56F80"/>
     <w:rsid w:val="00FD3BC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="00523654"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6416ACA4-5940-4DC4-A36C-665BCBB12826}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2980,50 +3065,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F50DBF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -3091,51 +3177,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00995201"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00995201"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3406,82 +3492,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BA21E1A-233F-43FA-B9F7-3551417E18F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C642767-1A5D-4BFD-A486-41A2C015B415}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>128</Words>
-  <Characters>732</Characters>
+  <Words>145</Words>
+  <Characters>832</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>859</CharactersWithSpaces>
+  <CharactersWithSpaces>976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>水村　志保</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>